--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Philips Sonicare DiamondClean 9900 Prestige Elektryczna szczoteczka do zębów z technologią i aplikacją SenseIQ, 5 trybów szczotkowania, etui podróżne do ładowania, kolor szampański, HX9992/44</t>
   </si>
   <si>
@@ -356,81 +356,87 @@
   <si>
     <t>B085CXYMFN</t>
   </si>
   <si>
     <t>LPNHK401779491</t>
   </si>
   <si>
     <t>Remington suszarko-lokówka obrotowa, keratynowa z olejkiem z migdałów, 2 szczotki, 2 klipsy do włosów i końcówka do unoszenia włosów, zimny nawiew, moc 1000W, Keratin Protect AS8811</t>
   </si>
   <si>
     <t>B09RPH1148</t>
   </si>
   <si>
     <t>LPNHK434710466</t>
   </si>
   <si>
     <t>Philips Electric Shaver Series 3000x golarka elektryczna na mokro i sucho, kolor czarny, z technologią SkinProtect, maszynka do golenia dla mężczyzn (model X3001/00)</t>
   </si>
   <si>
     <t>B0CHMN5BJS</t>
   </si>
   <si>
     <t>LPNHK440203502</t>
   </si>
   <si>
+    <t>LPNHK401735738</t>
+  </si>
+  <si>
     <t>Philips One Blade 360 QP2734/30 Trymer do Brody, Czarny, 5 w 1</t>
   </si>
   <si>
     <t>B0C815WY3Z</t>
   </si>
   <si>
     <t>LPNHK402265780</t>
   </si>
   <si>
     <t>LPNHK451299984</t>
   </si>
   <si>
     <t>Braun - BRHD710E - Braun Satin Hair 7 Suszarka do włosów - Wydajna suszarka 2200W, Technologia Iontec booster połysku i eliminacja puszenia się, funkcja satyny chroni przed wysoką temperaturą 1 sztuka</t>
   </si>
   <si>
     <t>B00HXCJS3S</t>
   </si>
   <si>
     <t>LPNHK470062627</t>
   </si>
   <si>
     <t>LPNHK439403397</t>
   </si>
   <si>
     <t>LPNHK401803790</t>
   </si>
   <si>
     <t>LPNHK401893159</t>
   </si>
   <si>
     <t>LPNHK401630885</t>
+  </si>
+  <si>
+    <t>LPNHK446011326</t>
   </si>
   <si>
     <t>Remington Profesjonalna prostownica [czujnik ochrony przed wysoką temperaturą w celu zmniejszenia uszkodzeń włosów] Keratin Protect (wysokiej jakości keratynowa powłoka ceramiczna z olejkiem Prostownica do włosów profesjonalna nowa</t>
   </si>
   <si>
     <t>B09RN8Q4CW</t>
   </si>
   <si>
     <t>LPNHK446140657</t>
   </si>
   <si>
     <t>BURNNOVE Pistolet do Masażu 99 Prędkości 8 Głowic Masujących do Karku Ramion Głębokiego Masażu 2550 mAh Z Wyświetlaczem LED Ekran Dotykowy Odpowiedni do Domu Studia Fitness Biura</t>
   </si>
   <si>
     <t>B09NVT9GQ1</t>
   </si>
   <si>
     <t>LPNHK440519605</t>
   </si>
   <si>
     <t>Philips SH91/50 Shaver series 9000 and SP900 Wymienne głowice golące SH91/50 Ostrza Dual SteelPrecision Zgodność z S9000 (S9XXX) i S9000 Prestige (SP98XX)</t>
   </si>
   <si>
     <t>B0937DT67K</t>
   </si>
@@ -1022,54 +1028,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G80"/>
+  <dimension ref="A1:G82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B80" sqref="B80"/>
+      <selection activeCell="B82" sqref="B82"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="294.785" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1259,51 +1265,51 @@
       </c>
       <c r="E9">
         <v>1</v>
       </c>
       <c r="F9">
         <v>124.17</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="1">
         <v>4015672110892</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>34</v>
       </c>
       <c r="E10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10">
         <v>110.38</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="1">
         <v>7500435245067</v>
       </c>
       <c r="C11" t="s">
         <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
@@ -1441,74 +1447,74 @@
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
         <v>74.99</v>
       </c>
       <c r="G17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="1">
         <v>8720689018418</v>
       </c>
       <c r="C18" t="s">
         <v>55</v>
       </c>
       <c r="D18" t="s">
         <v>56</v>
       </c>
       <c r="E18">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F18">
         <v>73.91</v>
       </c>
       <c r="G18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" s="1">
         <v>5038061159875</v>
       </c>
       <c r="C19" t="s">
         <v>58</v>
       </c>
       <c r="D19" t="s">
         <v>59</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F19">
         <v>71.24</v>
       </c>
       <c r="G19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="1">
         <v>4211125646639</v>
       </c>
       <c r="C20" t="s">
         <v>61</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
@@ -1648,74 +1654,74 @@
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>63.69</v>
       </c>
       <c r="G26" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>77</v>
       </c>
       <c r="B27" s="1">
         <v>4211125650032</v>
       </c>
       <c r="C27" t="s">
         <v>78</v>
       </c>
       <c r="D27" t="s">
         <v>79</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F27">
         <v>61.9</v>
       </c>
       <c r="G27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>77</v>
       </c>
       <c r="B28" s="1">
         <v>4211125650032</v>
       </c>
       <c r="C28" t="s">
         <v>78</v>
       </c>
       <c r="D28" t="s">
         <v>80</v>
       </c>
       <c r="E28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F28">
         <v>61.9</v>
       </c>
       <c r="G28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>81</v>
       </c>
       <c r="B29" s="1">
         <v>5025232925582</v>
       </c>
       <c r="C29" t="s">
         <v>82</v>
       </c>
       <c r="D29" t="s">
         <v>83</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
@@ -1740,51 +1746,51 @@
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>59.99</v>
       </c>
       <c r="G30" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>87</v>
       </c>
       <c r="B31" s="1">
         <v>7630850303056</v>
       </c>
       <c r="C31" t="s">
         <v>88</v>
       </c>
       <c r="D31" t="s">
         <v>89</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F31">
         <v>59.0</v>
       </c>
       <c r="G31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>90</v>
       </c>
       <c r="B32" s="1">
         <v>8720689009621</v>
       </c>
       <c r="C32" t="s">
         <v>91</v>
       </c>
       <c r="D32" t="s">
         <v>92</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
@@ -1935,988 +1941,1034 @@
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>111</v>
       </c>
       <c r="B39" s="1">
         <v>8720689018920</v>
       </c>
       <c r="C39" t="s">
         <v>112</v>
       </c>
       <c r="D39" t="s">
         <v>113</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>49.99</v>
       </c>
       <c r="G39" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>111</v>
+      </c>
+      <c r="B40" s="1">
+        <v>8720689018920</v>
+      </c>
+      <c r="C40" t="s">
+        <v>112</v>
+      </c>
+      <c r="D40" t="s">
         <v>114</v>
       </c>
-      <c r="B40" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E40">
         <v>1</v>
       </c>
       <c r="F40">
-        <v>48.99</v>
+        <v>49.99</v>
       </c>
       <c r="G40" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B41" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
         <v>117</v>
       </c>
       <c r="E41">
         <v>1</v>
       </c>
       <c r="F41">
         <v>48.99</v>
       </c>
       <c r="G41" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>115</v>
+      </c>
+      <c r="B42" s="1">
+        <v>8720689013857</v>
+      </c>
+      <c r="C42" t="s">
+        <v>116</v>
+      </c>
+      <c r="D42" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>48.99</v>
       </c>
       <c r="G42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B43" s="1">
-        <v>8720689013857</v>
+        <v>3030050182279</v>
       </c>
       <c r="C43" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D43" t="s">
         <v>121</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>48.99</v>
       </c>
       <c r="G43" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B44" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C44" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44" t="s">
         <v>122</v>
       </c>
       <c r="E44">
         <v>1</v>
       </c>
       <c r="F44">
         <v>48.99</v>
       </c>
       <c r="G44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B45" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C45" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45" t="s">
         <v>123</v>
       </c>
       <c r="E45">
         <v>1</v>
       </c>
       <c r="F45">
         <v>48.99</v>
       </c>
       <c r="G45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B46" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46" t="s">
         <v>124</v>
       </c>
       <c r="E46">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F46">
         <v>48.99</v>
       </c>
       <c r="G46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
+        <v>115</v>
+      </c>
+      <c r="B47" s="1">
+        <v>8720689013857</v>
+      </c>
+      <c r="C47" t="s">
+        <v>116</v>
+      </c>
+      <c r="D47" t="s">
         <v>125</v>
       </c>
-      <c r="B47" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
-        <v>44.99</v>
+        <v>48.99</v>
       </c>
       <c r="G47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>128</v>
+        <v>57</v>
       </c>
       <c r="B48" s="1">
-        <v>5906521613741</v>
+        <v>5038061159875</v>
       </c>
       <c r="C48" t="s">
-        <v>129</v>
+        <v>58</v>
       </c>
       <c r="D48" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
-        <v>44.48</v>
+        <v>46.58</v>
       </c>
       <c r="G48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B49" s="1">
-        <v>8710103978916</v>
+        <v>5038061140248</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="D49" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="E49">
         <v>1</v>
       </c>
       <c r="F49">
-        <v>42.71</v>
+        <v>44.99</v>
       </c>
       <c r="G49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="B50" s="1">
-        <v>8720689040099</v>
+        <v>5906521613741</v>
       </c>
       <c r="C50" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D50" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
-        <v>39.99</v>
+        <v>44.48</v>
       </c>
       <c r="G50" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B51" s="1">
-        <v>5038061100433</v>
+        <v>8710103978916</v>
       </c>
       <c r="C51" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D51" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E51">
         <v>0</v>
       </c>
       <c r="F51">
-        <v>39.99</v>
+        <v>42.71</v>
       </c>
       <c r="G51" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B52" s="1">
         <v>8720689040099</v>
       </c>
       <c r="C52" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D52" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E52">
         <v>1</v>
       </c>
       <c r="F52">
         <v>39.99</v>
       </c>
       <c r="G52" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B53" s="1">
-        <v>8720689040099</v>
+        <v>5038061100433</v>
       </c>
       <c r="C53" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D53" t="s">
         <v>141</v>
       </c>
       <c r="E53">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F53">
         <v>39.99</v>
       </c>
       <c r="G53" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
+        <v>136</v>
+      </c>
+      <c r="B54" s="1">
+        <v>8720689040099</v>
+      </c>
+      <c r="C54" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54" t="s">
         <v>142</v>
       </c>
-      <c r="B54" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E54">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F54">
         <v>39.99</v>
       </c>
       <c r="G54" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="B55" s="1">
-        <v>5038061110401</v>
+        <v>8720689040099</v>
       </c>
       <c r="C55" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" t="s">
         <v>143</v>
       </c>
-      <c r="D55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E55">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F55">
         <v>39.99</v>
       </c>
       <c r="G55" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="B56" s="1">
-        <v>8720689040099</v>
+        <v>5038061110401</v>
       </c>
       <c r="C56" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="D56" t="s">
         <v>146</v>
       </c>
       <c r="E56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F56">
         <v>39.99</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
+        <v>144</v>
+      </c>
+      <c r="B57" s="1">
+        <v>5038061110401</v>
+      </c>
+      <c r="C57" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" t="s">
         <v>147</v>
       </c>
-      <c r="B57" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E57">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F57">
-        <v>39.59</v>
+        <v>39.99</v>
       </c>
       <c r="G57" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
       <c r="B58" s="1">
-        <v>8720689035958</v>
+        <v>8720689040099</v>
       </c>
       <c r="C58" t="s">
+        <v>137</v>
+      </c>
+      <c r="D58" t="s">
         <v>148</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F58">
-        <v>39.59</v>
+        <v>39.99</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
+        <v>149</v>
+      </c>
+      <c r="B59" s="1">
+        <v>8720689035958</v>
+      </c>
+      <c r="C59" t="s">
+        <v>150</v>
+      </c>
+      <c r="D59" t="s">
         <v>151</v>
       </c>
-      <c r="B59" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E59">
         <v>1</v>
       </c>
       <c r="F59">
-        <v>37.99</v>
+        <v>39.59</v>
       </c>
       <c r="G59" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="B60" s="1">
-        <v>8006540859773</v>
+        <v>8720689035958</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D60" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="E60">
         <v>1</v>
       </c>
       <c r="F60">
-        <v>34.99</v>
+        <v>39.59</v>
       </c>
       <c r="G60" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>153</v>
+      </c>
+      <c r="B61" s="1">
+        <v>4211125572143</v>
       </c>
       <c r="C61" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="D61" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E61">
         <v>1</v>
       </c>
       <c r="F61">
-        <v>34.99</v>
+        <v>37.99</v>
       </c>
       <c r="G61" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
+        <v>156</v>
+      </c>
+      <c r="B62" s="1">
+        <v>8006540859773</v>
+      </c>
+      <c r="C62" t="s">
+        <v>157</v>
+      </c>
+      <c r="D62" t="s">
         <v>158</v>
-      </c>
-[...7 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E62">
         <v>1</v>
       </c>
       <c r="F62">
         <v>34.99</v>
       </c>
       <c r="G62" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
+        <v>160</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="C63" t="s">
+        <v>161</v>
+      </c>
+      <c r="D63" t="s">
         <v>162</v>
       </c>
-      <c r="B63" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F63">
-        <v>32.99</v>
+        <v>34.99</v>
       </c>
       <c r="G63" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>5038061140118</v>
+        <v>160</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>159</v>
       </c>
       <c r="C64" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="D64" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="E64">
         <v>1</v>
       </c>
       <c r="F64">
-        <v>29.99</v>
+        <v>34.99</v>
       </c>
       <c r="G64" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B65" s="1">
-        <v>4211125650445</v>
+        <v>4008496818488</v>
       </c>
       <c r="C65" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D65" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="E65">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F65">
-        <v>27.99</v>
+        <v>32.99</v>
       </c>
       <c r="G65" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B66" s="1">
-        <v>4008496876051</v>
+        <v>5038061140118</v>
       </c>
       <c r="C66" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="D66" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="E66">
         <v>1</v>
       </c>
       <c r="F66">
-        <v>27.99</v>
+        <v>29.99</v>
       </c>
       <c r="G66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>170</v>
+      </c>
+      <c r="B67" s="1">
+        <v>4211125650445</v>
       </c>
       <c r="C67" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D67" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E67">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F67">
-        <v>24.93</v>
+        <v>27.99</v>
       </c>
       <c r="G67" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B68" s="1">
-        <v>8710103923961</v>
+        <v>4008496876051</v>
       </c>
       <c r="C68" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D68" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
-        <v>23.9</v>
+        <v>27.99</v>
       </c>
       <c r="G68" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C69" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="D69" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F69">
-        <v>23.43</v>
+        <v>24.93</v>
       </c>
       <c r="G69" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="B70" s="1">
-        <v>4006160231328</v>
+        <v>8710103923961</v>
       </c>
       <c r="C70" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D70" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="E70">
         <v>1</v>
       </c>
       <c r="F70">
-        <v>23.28</v>
+        <v>23.9</v>
       </c>
       <c r="G70" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C71" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="D71" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
-        <v>21.99</v>
+        <v>23.43</v>
       </c>
       <c r="G71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="B72" s="1">
-        <v>4022167330307</v>
+        <v>4006160231328</v>
       </c>
       <c r="C72" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="D72" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="E72">
         <v>1</v>
       </c>
       <c r="F72">
-        <v>21.95</v>
+        <v>23.28</v>
       </c>
       <c r="G72" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>4211125648497</v>
+        <v>191</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>190</v>
       </c>
       <c r="C73" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D73" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="E73">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F73">
-        <v>20.98</v>
+        <v>21.99</v>
       </c>
       <c r="G73" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>194</v>
+      </c>
+      <c r="B74" s="1">
+        <v>4022167330307</v>
       </c>
       <c r="C74" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="D74" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="E74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F74">
-        <v>18.73</v>
+        <v>21.95</v>
       </c>
       <c r="G74" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>197</v>
+      </c>
+      <c r="B75" s="1">
+        <v>4211125648497</v>
       </c>
       <c r="C75" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D75" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
-        <v>16.99</v>
+        <v>20.98</v>
       </c>
       <c r="G75" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-        <v>4008496881963</v>
+        <v>201</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>200</v>
       </c>
       <c r="C76" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="D76" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="E76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F76">
-        <v>16.99</v>
+        <v>18.73</v>
       </c>
       <c r="G76" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
       <c r="C77" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="D77" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>16.99</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
+        <v>208</v>
+      </c>
+      <c r="B78" s="1">
+        <v>4008496881963</v>
+      </c>
+      <c r="C78" t="s">
+        <v>209</v>
+      </c>
+      <c r="D78" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
         <v>16.99</v>
       </c>
       <c r="G78" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
+        <v>212</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C79" t="s">
+        <v>213</v>
+      </c>
+      <c r="D79" t="s">
         <v>214</v>
       </c>
-      <c r="B79" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="E79">
         <v>1</v>
       </c>
       <c r="F79">
-        <v>14.99</v>
+        <v>16.99</v>
       </c>
       <c r="G79" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
+        <v>212</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C80" t="s">
+        <v>213</v>
+      </c>
+      <c r="D80" t="s">
+        <v>215</v>
+      </c>
+      <c r="E80">
+        <v>0</v>
+      </c>
+      <c r="F80">
+        <v>16.99</v>
+      </c>
+      <c r="G80" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" t="s">
+        <v>216</v>
+      </c>
+      <c r="B81" s="1">
+        <v>8887549392092</v>
+      </c>
+      <c r="C81" t="s">
         <v>217</v>
       </c>
-      <c r="B80" s="1">
+      <c r="D81" t="s">
+        <v>218</v>
+      </c>
+      <c r="E81">
+        <v>1</v>
+      </c>
+      <c r="F81">
+        <v>14.99</v>
+      </c>
+      <c r="G81" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" t="s">
+        <v>219</v>
+      </c>
+      <c r="B82" s="1">
         <v>4022356014872</v>
       </c>
-      <c r="C80" t="s">
-[...8 lines deleted...]
-      <c r="F80">
+      <c r="C82" t="s">
+        <v>220</v>
+      </c>
+      <c r="D82" t="s">
+        <v>221</v>
+      </c>
+      <c r="E82">
+        <v>1</v>
+      </c>
+      <c r="F82">
         <v>9.99</v>
       </c>
-      <c r="G80" t="s">
+      <c r="G82" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>