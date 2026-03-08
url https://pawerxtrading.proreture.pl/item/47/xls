--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -1356,51 +1356,51 @@
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>66.91</v>
       </c>
       <c r="G14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="1">
         <v>8720689033299</v>
       </c>
       <c r="C15" t="s">
         <v>47</v>
       </c>
       <c r="D15" t="s">
         <v>48</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F15">
         <v>64.99</v>
       </c>
       <c r="G15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="1">
         <v>8720689033299</v>
       </c>
       <c r="C16" t="s">
         <v>47</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
@@ -1448,97 +1448,97 @@
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>62.99</v>
       </c>
       <c r="G18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="1">
         <v>8710103701088</v>
       </c>
       <c r="C19" t="s">
         <v>57</v>
       </c>
       <c r="D19" t="s">
         <v>58</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F19">
         <v>61.89</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="1">
         <v>3030050153903</v>
       </c>
       <c r="C20" t="s">
         <v>60</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>60.69</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="1">
         <v>4211125601423</v>
       </c>
       <c r="C21" t="s">
         <v>63</v>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F21">
         <v>59.97</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="1">
         <v>8710103974154</v>
       </c>
       <c r="C22" t="s">
         <v>66</v>
       </c>
       <c r="D22" t="s">
         <v>67</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
@@ -1655,396 +1655,396 @@
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
         <v>54.99</v>
       </c>
       <c r="G27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>84</v>
       </c>
       <c r="B28" s="1">
         <v>4210201097358</v>
       </c>
       <c r="C28" t="s">
         <v>85</v>
       </c>
       <c r="D28" t="s">
         <v>86</v>
       </c>
       <c r="E28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F28">
         <v>52.99</v>
       </c>
       <c r="G28" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>87</v>
       </c>
       <c r="B29" s="1">
         <v>8006540759752</v>
       </c>
       <c r="C29" t="s">
         <v>88</v>
       </c>
       <c r="D29" t="s">
         <v>89</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>50.0</v>
       </c>
       <c r="G29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="1">
         <v>8720689018920</v>
       </c>
       <c r="C30" t="s">
         <v>91</v>
       </c>
       <c r="D30" t="s">
         <v>92</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30">
         <v>49.99</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="1">
         <v>5038061140057</v>
       </c>
       <c r="C31" t="s">
         <v>94</v>
       </c>
       <c r="D31" t="s">
         <v>95</v>
       </c>
       <c r="E31">
         <v>1</v>
       </c>
       <c r="F31">
         <v>49.99</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="1">
         <v>5038061140057</v>
       </c>
       <c r="C32" t="s">
         <v>94</v>
       </c>
       <c r="D32" t="s">
         <v>96</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F32">
         <v>49.99</v>
       </c>
       <c r="G32" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>97</v>
       </c>
       <c r="B33" s="1">
         <v>4211125593926</v>
       </c>
       <c r="C33" t="s">
         <v>98</v>
       </c>
       <c r="D33" t="s">
         <v>99</v>
       </c>
       <c r="E33">
         <v>1</v>
       </c>
       <c r="F33">
         <v>49.49</v>
       </c>
       <c r="G33" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>100</v>
       </c>
       <c r="B34" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C34" t="s">
         <v>101</v>
       </c>
       <c r="D34" t="s">
         <v>102</v>
       </c>
       <c r="E34">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F34">
         <v>48.99</v>
       </c>
       <c r="G34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>100</v>
       </c>
       <c r="B35" s="1">
         <v>8720689013857</v>
       </c>
       <c r="C35" t="s">
         <v>101</v>
       </c>
       <c r="D35" t="s">
         <v>103</v>
       </c>
       <c r="E35">
         <v>1</v>
       </c>
       <c r="F35">
         <v>48.99</v>
       </c>
       <c r="G35" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>104</v>
       </c>
       <c r="B36" s="1">
         <v>8720689020565</v>
       </c>
       <c r="C36" t="s">
         <v>105</v>
       </c>
       <c r="D36" t="s">
         <v>106</v>
       </c>
       <c r="E36">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F36">
         <v>47.99</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="1">
         <v>4210201276326</v>
       </c>
       <c r="C37" t="s">
         <v>108</v>
       </c>
       <c r="D37" t="s">
         <v>109</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
         <v>44.99</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>110</v>
       </c>
       <c r="B38" s="1">
         <v>8720689027762</v>
       </c>
       <c r="C38" t="s">
         <v>111</v>
       </c>
       <c r="D38" t="s">
         <v>112</v>
       </c>
       <c r="E38">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F38">
         <v>44.99</v>
       </c>
       <c r="G38" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>110</v>
       </c>
       <c r="B39" s="1">
         <v>8720689027762</v>
       </c>
       <c r="C39" t="s">
         <v>111</v>
       </c>
       <c r="D39" t="s">
         <v>113</v>
       </c>
       <c r="E39">
         <v>1</v>
       </c>
       <c r="F39">
         <v>44.99</v>
       </c>
       <c r="G39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>114</v>
       </c>
       <c r="B40" s="1">
         <v>4013833058465</v>
       </c>
       <c r="C40" t="s">
         <v>115</v>
       </c>
       <c r="D40" t="s">
         <v>116</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F40">
         <v>44.01</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>117</v>
       </c>
       <c r="B41" s="1">
         <v>8006540759912</v>
       </c>
       <c r="C41" t="s">
         <v>118</v>
       </c>
       <c r="D41" t="s">
         <v>119</v>
       </c>
       <c r="E41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F41">
         <v>43.04</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>120</v>
       </c>
       <c r="B42" s="1">
         <v>5038061164992</v>
       </c>
       <c r="C42" t="s">
         <v>121</v>
       </c>
       <c r="D42" t="s">
         <v>122</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">
         <v>41.96</v>
       </c>
       <c r="G42" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>123</v>
       </c>
       <c r="B43" s="1">
         <v>8710103948469</v>
       </c>
       <c r="C43" t="s">
         <v>124</v>
       </c>
       <c r="D43" t="s">
         <v>125</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F43">
         <v>41.42</v>
       </c>
       <c r="G43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>126</v>
       </c>
       <c r="B44" s="1">
         <v>8720689040099</v>
       </c>
       <c r="C44" t="s">
         <v>127</v>
       </c>
       <c r="D44" t="s">
         <v>128</v>
       </c>
       <c r="E44">
         <v>0</v>
       </c>
       <c r="F44">
@@ -2184,74 +2184,74 @@
       </c>
       <c r="E50">
         <v>1</v>
       </c>
       <c r="F50">
         <v>39.59</v>
       </c>
       <c r="G50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>139</v>
       </c>
       <c r="B51" s="1">
         <v>4211125584047</v>
       </c>
       <c r="C51" t="s">
         <v>140</v>
       </c>
       <c r="D51" t="s">
         <v>141</v>
       </c>
       <c r="E51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F51">
         <v>38.7</v>
       </c>
       <c r="G51" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>142</v>
       </c>
       <c r="B52" s="1">
         <v>5025232876976</v>
       </c>
       <c r="C52" t="s">
         <v>143</v>
       </c>
       <c r="D52" t="s">
         <v>144</v>
       </c>
       <c r="E52">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F52">
         <v>35.99</v>
       </c>
       <c r="G52" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>145</v>
       </c>
       <c r="B53" s="1">
         <v>8720689031868</v>
       </c>
       <c r="C53" t="s">
         <v>146</v>
       </c>
       <c r="D53" t="s">
         <v>147</v>
       </c>
       <c r="E53">
         <v>0</v>
       </c>
       <c r="F53">
@@ -2299,51 +2299,51 @@
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
         <v>29.99</v>
       </c>
       <c r="G55" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>154</v>
       </c>
       <c r="B56" s="1">
         <v>5038061112665</v>
       </c>
       <c r="C56" t="s">
         <v>155</v>
       </c>
       <c r="D56" t="s">
         <v>156</v>
       </c>
       <c r="E56">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F56">
         <v>29.99</v>
       </c>
       <c r="G56" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>157</v>
       </c>
       <c r="B57" s="1">
         <v>3030050122282</v>
       </c>
       <c r="C57" t="s">
         <v>158</v>
       </c>
       <c r="D57" t="s">
         <v>159</v>
       </c>
       <c r="E57">
         <v>1</v>
       </c>
       <c r="F57">
@@ -2368,212 +2368,212 @@
       </c>
       <c r="E58">
         <v>1</v>
       </c>
       <c r="F58">
         <v>29.44</v>
       </c>
       <c r="G58" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>163</v>
       </c>
       <c r="B59" s="1">
         <v>4008496876051</v>
       </c>
       <c r="C59" t="s">
         <v>164</v>
       </c>
       <c r="D59" t="s">
         <v>165</v>
       </c>
       <c r="E59">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F59">
         <v>27.99</v>
       </c>
       <c r="G59" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>166</v>
       </c>
       <c r="B60" s="1">
         <v>4008496823451</v>
       </c>
       <c r="C60" t="s">
         <v>167</v>
       </c>
       <c r="D60" t="s">
         <v>168</v>
       </c>
       <c r="E60">
         <v>1</v>
       </c>
       <c r="F60">
         <v>26.99</v>
       </c>
       <c r="G60" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>166</v>
       </c>
       <c r="B61" s="1">
         <v>4008496823451</v>
       </c>
       <c r="C61" t="s">
         <v>167</v>
       </c>
       <c r="D61" t="s">
         <v>169</v>
       </c>
       <c r="E61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F61">
         <v>26.99</v>
       </c>
       <c r="G61" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>170</v>
       </c>
       <c r="B62" s="1">
         <v>8700216074445</v>
       </c>
       <c r="C62" t="s">
         <v>171</v>
       </c>
       <c r="D62" t="s">
         <v>172</v>
       </c>
       <c r="E62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F62">
         <v>26.99</v>
       </c>
       <c r="G62" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>173</v>
       </c>
       <c r="B63" s="1">
         <v>4211125614034</v>
       </c>
       <c r="C63" t="s">
         <v>174</v>
       </c>
       <c r="D63" t="s">
         <v>175</v>
       </c>
       <c r="E63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F63">
         <v>25.99</v>
       </c>
       <c r="G63" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>176</v>
       </c>
       <c r="B64" s="1">
         <v>4008496975716</v>
       </c>
       <c r="C64" t="s">
         <v>177</v>
       </c>
       <c r="D64" t="s">
         <v>178</v>
       </c>
       <c r="E64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F64">
         <v>24.68</v>
       </c>
       <c r="G64" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>179</v>
       </c>
       <c r="B65" s="1">
         <v>4008496975754</v>
       </c>
       <c r="C65" t="s">
         <v>180</v>
       </c>
       <c r="D65" t="s">
         <v>181</v>
       </c>
       <c r="E65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F65">
         <v>24.65</v>
       </c>
       <c r="G65" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>182</v>
       </c>
       <c r="B66" s="1">
         <v>4210201427063</v>
       </c>
       <c r="C66" t="s">
         <v>183</v>
       </c>
       <c r="D66" t="s">
         <v>184</v>
       </c>
       <c r="E66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F66">
         <v>23.99</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>185</v>
       </c>
       <c r="B67" s="1">
         <v>4211125105051</v>
       </c>
       <c r="C67" t="s">
         <v>186</v>
       </c>
       <c r="D67" t="s">
         <v>187</v>
       </c>
       <c r="E67">
         <v>1</v>
       </c>
       <c r="F67">
@@ -2667,120 +2667,120 @@
       </c>
       <c r="E71">
         <v>0</v>
       </c>
       <c r="F71">
         <v>19.99</v>
       </c>
       <c r="G71" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>182</v>
       </c>
       <c r="B72" s="1">
         <v>4210201427063</v>
       </c>
       <c r="C72" t="s">
         <v>183</v>
       </c>
       <c r="D72" t="s">
         <v>200</v>
       </c>
       <c r="E72">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F72">
         <v>19.99</v>
       </c>
       <c r="G72" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>201</v>
       </c>
       <c r="B73" s="1">
         <v>4211125795061</v>
       </c>
       <c r="C73" t="s">
         <v>202</v>
       </c>
       <c r="D73" t="s">
         <v>203</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F73">
         <v>19.99</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>205</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C74" t="s">
         <v>206</v>
       </c>
       <c r="D74" t="s">
         <v>207</v>
       </c>
       <c r="E74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F74">
         <v>16.99</v>
       </c>
       <c r="G74" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>208</v>
       </c>
       <c r="B75" s="1">
         <v>4008496881864</v>
       </c>
       <c r="C75" t="s">
         <v>209</v>
       </c>
       <c r="D75" t="s">
         <v>210</v>
       </c>
       <c r="E75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F75">
         <v>13.99</v>
       </c>
       <c r="G75" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>211</v>
       </c>
       <c r="B76" s="1">
         <v>4022167000002</v>
       </c>
       <c r="C76" t="s">
         <v>212</v>
       </c>
       <c r="D76" t="s">
         <v>213</v>
       </c>
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76">