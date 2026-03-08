--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -877,97 +877,97 @@
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>89.31</v>
       </c>
       <c r="G4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" s="1">
         <v>4210201415008</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F5">
         <v>80.38</v>
       </c>
       <c r="G5" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="1">
         <v>6973734685529</v>
       </c>
       <c r="C6" t="s">
         <v>23</v>
       </c>
       <c r="D6" t="s">
         <v>24</v>
       </c>
       <c r="E6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F6">
         <v>79.0</v>
       </c>
       <c r="G6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>25</v>
       </c>
       <c r="B7" s="1">
         <v>4022167065759</v>
       </c>
       <c r="C7" t="s">
         <v>26</v>
       </c>
       <c r="D7" t="s">
         <v>27</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F7">
         <v>74.39</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="1">
         <v>8720689018418</v>
       </c>
       <c r="C8" t="s">
         <v>29</v>
       </c>
       <c r="D8" t="s">
         <v>30</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
@@ -1038,51 +1038,51 @@
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>69.99</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" s="1">
         <v>5906599588972</v>
       </c>
       <c r="C12" t="s">
         <v>37</v>
       </c>
       <c r="D12" t="s">
         <v>38</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F12">
         <v>68.99</v>
       </c>
       <c r="G12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="1">
         <v>7500435245012</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>41</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
@@ -1107,74 +1107,74 @@
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>62.51</v>
       </c>
       <c r="G14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="1">
         <v>8720689042772</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>47</v>
       </c>
       <c r="E15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F15">
         <v>59.99</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>50</v>
       </c>
       <c r="D16" t="s">
         <v>51</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F16">
         <v>54.6</v>
       </c>
       <c r="G16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>54</v>
       </c>
       <c r="D17" t="s">
         <v>55</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
@@ -1314,51 +1314,51 @@
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>40.99</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="1">
         <v>2220003881903</v>
       </c>
       <c r="C24" t="s">
         <v>71</v>
       </c>
       <c r="D24" t="s">
         <v>73</v>
       </c>
       <c r="E24">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F24">
         <v>40.99</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>74</v>
       </c>
       <c r="B25" s="1">
         <v>4022167204004</v>
       </c>
       <c r="C25" t="s">
         <v>75</v>
       </c>
       <c r="D25" t="s">
         <v>76</v>
       </c>
       <c r="E25">
         <v>1</v>
       </c>
       <c r="F25">
@@ -1429,97 +1429,97 @@
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
         <v>39.58</v>
       </c>
       <c r="G28" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="1">
         <v>8710103770237</v>
       </c>
       <c r="C29" t="s">
         <v>87</v>
       </c>
       <c r="D29" t="s">
         <v>88</v>
       </c>
       <c r="E29">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F29">
         <v>37.62</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>90</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C30" t="s">
         <v>91</v>
       </c>
       <c r="D30" t="s">
         <v>92</v>
       </c>
       <c r="E30">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F30">
         <v>35.75</v>
       </c>
       <c r="G30" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="1">
         <v>5038061112665</v>
       </c>
       <c r="C31" t="s">
         <v>94</v>
       </c>
       <c r="D31" t="s">
         <v>95</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F31">
         <v>29.99</v>
       </c>
       <c r="G31" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>96</v>
       </c>
       <c r="B32" s="1">
         <v>6970810551877</v>
       </c>
       <c r="C32" t="s">
         <v>97</v>
       </c>
       <c r="D32" t="s">
         <v>98</v>
       </c>
       <c r="E32">
         <v>1</v>
       </c>
       <c r="F32">
@@ -1613,51 +1613,51 @@
       </c>
       <c r="E36">
         <v>0</v>
       </c>
       <c r="F36">
         <v>23.09</v>
       </c>
       <c r="G36" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>112</v>
       </c>
       <c r="B37" s="1">
         <v>5904844543592</v>
       </c>
       <c r="C37" t="s">
         <v>113</v>
       </c>
       <c r="D37" t="s">
         <v>114</v>
       </c>
       <c r="E37">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F37">
         <v>22.99</v>
       </c>
       <c r="G37" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>115</v>
       </c>
       <c r="B38" s="1">
         <v>8710103944669</v>
       </c>
       <c r="C38" t="s">
         <v>116</v>
       </c>
       <c r="D38" t="s">
         <v>117</v>
       </c>
       <c r="E38">
         <v>0</v>
       </c>
       <c r="F38">
@@ -1705,51 +1705,51 @@
       </c>
       <c r="E40">
         <v>0</v>
       </c>
       <c r="F40">
         <v>19.2</v>
       </c>
       <c r="G40" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="1">
         <v>4008496750016</v>
       </c>
       <c r="C41" t="s">
         <v>126</v>
       </c>
       <c r="D41" t="s">
         <v>127</v>
       </c>
       <c r="E41">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F41">
         <v>16.06</v>
       </c>
       <c r="G41" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="1">
         <v>8887549392092</v>
       </c>
       <c r="C42" t="s">
         <v>129</v>
       </c>
       <c r="D42" t="s">
         <v>130</v>
       </c>
       <c r="E42">
         <v>1</v>
       </c>
       <c r="F42">