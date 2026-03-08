--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Beurer HK 72 mobilny pas grzewczy z akumulatorem litowo-jonowym (poduszka grzewcza do domu i w podróży, z akumulatorem litowo-jonowym) ok. 4 h zasilanie akumulatorowe</t>
   </si>
   <si>
@@ -243,50 +243,53 @@
     <t>LPNHK471324715</t>
   </si>
   <si>
     <t>LPNHK470672236</t>
   </si>
   <si>
     <t>LPNHK451123301</t>
   </si>
   <si>
     <t>medisana HP 460 poduszka rozgrzewająca na kark i plecy, 3 poziomy temperatury, ochrona przed przegrzaniem, automatyczne wyłączanie, nadaje się do prania, na plecy, kark i ramiona</t>
   </si>
   <si>
     <t>B09HTW9PJJ</t>
   </si>
   <si>
     <t>LPNHK401786531</t>
   </si>
   <si>
     <t>Beurer Poduszka grzewcza HK 41, przytulna poduszka rozgrzewająca z 3 stopniami temperatury i automatycznym wyłączaniem, nadaje się do prania w pralce, wyprodukowano w Europie, biały/szary HK 41 - szary / biały</t>
   </si>
   <si>
     <t>B08JVH98YP</t>
   </si>
   <si>
     <t>LPNHK470851727</t>
+  </si>
+  <si>
+    <t>AAAABBB1003680</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -593,54 +596,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G35"/>
+  <dimension ref="A1:G36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B35" sqref="B35"/>
+      <selection activeCell="B36" sqref="B36"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="265.364" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -715,97 +718,97 @@
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4">
         <v>60.16</v>
       </c>
       <c r="G4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" s="1">
         <v>4211125421069</v>
       </c>
       <c r="C5" t="s">
         <v>17</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F5">
         <v>54.99</v>
       </c>
       <c r="G5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" s="1">
         <v>4211125421069</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>54.99</v>
       </c>
       <c r="G6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="1">
         <v>4211125421069</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F7">
         <v>54.99</v>
       </c>
       <c r="G7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="1">
         <v>4211125421069</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>21</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
@@ -830,120 +833,120 @@
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>54.99</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="1">
         <v>4211125101923</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10">
         <v>54.97</v>
       </c>
       <c r="G10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="1">
         <v>4211125101923</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>27</v>
       </c>
       <c r="E11">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F11">
         <v>54.97</v>
       </c>
       <c r="G11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" s="1">
         <v>4211125101923</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>54.97</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="1">
         <v>4211125101923</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F13">
         <v>54.97</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="1">
         <v>4211125101923</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>30</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
@@ -968,51 +971,51 @@
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>52.99</v>
       </c>
       <c r="G15" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>37</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F16">
         <v>51.86</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>38</v>
       </c>
       <c r="B17" s="1">
         <v>4211125276133</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="D17" t="s">
         <v>40</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
@@ -1037,258 +1040,258 @@
       </c>
       <c r="E18">
         <v>0</v>
       </c>
       <c r="F18">
         <v>40.99</v>
       </c>
       <c r="G18" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>44</v>
       </c>
       <c r="B19" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F19">
         <v>39.99</v>
       </c>
       <c r="G19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>44</v>
       </c>
       <c r="B20" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C20" t="s">
         <v>45</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>37.92</v>
       </c>
       <c r="G20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>48</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F21">
         <v>34.95</v>
       </c>
       <c r="G21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C22" t="s">
         <v>45</v>
       </c>
       <c r="D22" t="s">
         <v>49</v>
       </c>
       <c r="E22">
         <v>0</v>
       </c>
       <c r="F22">
         <v>34.95</v>
       </c>
       <c r="G22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>44</v>
       </c>
       <c r="B23" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C23" t="s">
         <v>45</v>
       </c>
       <c r="D23" t="s">
         <v>50</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F23">
         <v>34.95</v>
       </c>
       <c r="G23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>44</v>
       </c>
       <c r="B24" s="1">
         <v>4015588891007</v>
       </c>
       <c r="C24" t="s">
         <v>45</v>
       </c>
       <c r="D24" t="s">
         <v>51</v>
       </c>
       <c r="E24">
         <v>0</v>
       </c>
       <c r="F24">
         <v>34.95</v>
       </c>
       <c r="G24" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="1">
         <v>4211125200121</v>
       </c>
       <c r="C25" t="s">
         <v>53</v>
       </c>
       <c r="D25" t="s">
         <v>54</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F25">
         <v>34.5</v>
       </c>
       <c r="G25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>55</v>
       </c>
       <c r="B26" s="1">
         <v>4211125300838</v>
       </c>
       <c r="C26" t="s">
         <v>56</v>
       </c>
       <c r="D26" t="s">
         <v>57</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>32.99</v>
       </c>
       <c r="G26" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="1">
         <v>4015588611506</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27" t="s">
         <v>60</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F27">
         <v>32.99</v>
       </c>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="1">
         <v>4015588602580</v>
       </c>
       <c r="C28" t="s">
         <v>62</v>
       </c>
       <c r="D28" t="s">
         <v>63</v>
       </c>
       <c r="E28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F28">
         <v>28.9</v>
       </c>
       <c r="G28" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" s="1">
         <v>4015588602580</v>
       </c>
       <c r="C29" t="s">
         <v>62</v>
       </c>
       <c r="D29" t="s">
         <v>64</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
@@ -1313,51 +1316,51 @@
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>28.9</v>
       </c>
       <c r="G30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" s="1">
         <v>4211125255022</v>
       </c>
       <c r="C31" t="s">
         <v>67</v>
       </c>
       <c r="D31" t="s">
         <v>68</v>
       </c>
       <c r="E31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F31">
         <v>28.8</v>
       </c>
       <c r="G31" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" s="1">
         <v>4211125255022</v>
       </c>
       <c r="C32" t="s">
         <v>67</v>
       </c>
       <c r="D32" t="s">
         <v>69</v>
       </c>
       <c r="E32">
         <v>0</v>
       </c>
       <c r="F32">
@@ -1405,56 +1408,79 @@
       </c>
       <c r="E34">
         <v>1</v>
       </c>
       <c r="F34">
         <v>26.99</v>
       </c>
       <c r="G34" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>74</v>
       </c>
       <c r="B35" s="1">
         <v>4211125276850</v>
       </c>
       <c r="C35" t="s">
         <v>75</v>
       </c>
       <c r="D35" t="s">
         <v>76</v>
       </c>
       <c r="E35">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F35">
         <v>24.99</v>
       </c>
       <c r="G35" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7">
+      <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" s="1">
+        <v>4211125276850</v>
+      </c>
+      <c r="C36" t="s">
+        <v>75</v>
+      </c>
+      <c r="D36" t="s">
+        <v>77</v>
+      </c>
+      <c r="E36">
+        <v>1</v>
+      </c>
+      <c r="F36">
+        <v>24.99</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>