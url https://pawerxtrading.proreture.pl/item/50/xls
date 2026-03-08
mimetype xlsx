--- v0 (2026-01-09)
+++ v1 (2026-03-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="233">
   <si>
     <t>Nazwa produktu</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>ASIN</t>
   </si>
   <si>
     <t>LPN</t>
   </si>
   <si>
     <t>Ilość</t>
   </si>
   <si>
     <t>Cena rynkowa</t>
   </si>
   <si>
     <t>Paleta</t>
   </si>
   <si>
     <t>Ghd Gold 99350148928 Prostownica, Czarny, 185ºC Nowe opakowanie</t>
   </si>
   <si>
@@ -672,50 +672,59 @@
     <t>Oral-B Kids Spiderman końcówki do elektrycznej szczoteczki do zębów, 8 sztuk, bardzo miękkie włosie, nasadka na szczoteczki do zębów Oral-B dla dzieci od 3 lat, opakowanie kompatybilne z skrzynką na</t>
   </si>
   <si>
     <t>B0B5HNGL83</t>
   </si>
   <si>
     <t>LPNHK388126776</t>
   </si>
   <si>
     <t>Remington wałki do włosów z jonizacją, welurowe pokrycie, 20 wałków w 3 rozmiarach, 30 klipsów + szpilki do mocowania włosów, szybkie nagrzewanie, moc 500W, czarno-różowe, Ionic Rollers H5600</t>
   </si>
   <si>
     <t>B01KLXFKH8</t>
   </si>
   <si>
     <t>LPNHK472894405</t>
   </si>
   <si>
     <t>Oral-B Pro CrossAction końcówki do elektrycznej szczoteczki do zębów, 6 sztuk, doskonałe czyszczenie zębów z innowacyjnym włosiem w kształcie litery X, oryginalna nasadka do szczoteczki do zębów</t>
   </si>
   <si>
     <t>B0BWNT2NSK</t>
   </si>
   <si>
     <t>LPNHK446201772</t>
+  </si>
+  <si>
+    <t>Braun Exact Series EN10 trymer do uszu i nosa Maszynka do strzyżenia uszu i nosa</t>
+  </si>
+  <si>
+    <t>B000IJ0T0O</t>
+  </si>
+  <si>
+    <t>LPNRP055953006</t>
   </si>
   <si>
     <t>Philips Sonicare W2 Optimal White, oryginalne wymienne główki szczoteczki, kolor czarny, 2 sztuki w opakowaniu, HX6062/88, Nowy</t>
   </si>
   <si>
     <t>B0DHZRM535</t>
   </si>
   <si>
     <t>LPNHK434860324</t>
   </si>
   <si>
     <t>0761318253358</t>
   </si>
   <si>
     <t>Revlon One-Step 360° wentylowane mocowanie głowicy lokówki</t>
   </si>
   <si>
     <t>B0C9F23NHC</t>
   </si>
   <si>
     <t>LPNHK465763364</t>
   </si>
   <si>
     <t>Oral-B Pulsonic Clean końcówki do szczoteczek do zębów sonicznych, 4 sztuki, nasadki na szczoteczki do zębów Oral-B 4 szt.</t>
   </si>
@@ -1052,150 +1061,150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G86"/>
+  <dimension ref="A1:G87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B86" sqref="B86"/>
+      <selection activeCell="B87" sqref="B87"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="265.364" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
         <v>5060777122850</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F2">
         <v>236.0</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="1">
         <v>8710103962878</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>204.9</v>
       </c>
       <c r="G3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4" s="1">
         <v>7500435244848</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F4">
         <v>93.99</v>
       </c>
       <c r="G4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" s="1">
         <v>8006540977804</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>1</v>
       </c>
       <c r="F5">
@@ -1220,120 +1229,120 @@
       </c>
       <c r="E6">
         <v>1</v>
       </c>
       <c r="F6">
         <v>87.79</v>
       </c>
       <c r="G6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>26</v>
       </c>
       <c r="B7" s="1">
         <v>8720689011044</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F7">
         <v>80.31</v>
       </c>
       <c r="G7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>29</v>
       </c>
       <c r="B8" s="1">
         <v>8006540835265</v>
       </c>
       <c r="C8" t="s">
         <v>30</v>
       </c>
       <c r="D8" t="s">
         <v>31</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>74.24</v>
       </c>
       <c r="G8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="1">
         <v>8720689018418</v>
       </c>
       <c r="C9" t="s">
         <v>33</v>
       </c>
       <c r="D9" t="s">
         <v>34</v>
       </c>
       <c r="E9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F9">
         <v>73.91</v>
       </c>
       <c r="G9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="1">
         <v>8720689018418</v>
       </c>
       <c r="C10" t="s">
         <v>33</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F10">
         <v>73.91</v>
       </c>
       <c r="G10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>36</v>
       </c>
       <c r="B11" s="1">
         <v>5038061140309</v>
       </c>
       <c r="C11" t="s">
         <v>37</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
@@ -1358,51 +1367,51 @@
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>69.99</v>
       </c>
       <c r="G12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>36</v>
       </c>
       <c r="B13" s="1">
         <v>5038061140309</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>40</v>
       </c>
       <c r="E13">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F13">
         <v>69.99</v>
       </c>
       <c r="G13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="1">
         <v>4210201432197</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
@@ -1427,51 +1436,51 @@
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>59.99</v>
       </c>
       <c r="G15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>47</v>
       </c>
       <c r="B16" s="1">
         <v>7500435245036</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
       <c r="E16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F16">
         <v>59.99</v>
       </c>
       <c r="G16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>50</v>
       </c>
       <c r="B17" s="1">
         <v>8720689042772</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>52</v>
       </c>
       <c r="E17">
         <v>1</v>
       </c>
       <c r="F17">
@@ -1496,97 +1505,97 @@
       </c>
       <c r="E18">
         <v>1</v>
       </c>
       <c r="F18">
         <v>59.01</v>
       </c>
       <c r="G18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="1">
         <v>8710103885641</v>
       </c>
       <c r="C19" t="s">
         <v>57</v>
       </c>
       <c r="D19" t="s">
         <v>58</v>
       </c>
       <c r="E19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F19">
         <v>57.99</v>
       </c>
       <c r="G19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" s="1">
         <v>7500435224956</v>
       </c>
       <c r="C20" t="s">
         <v>60</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>52.83</v>
       </c>
       <c r="G20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" s="1">
         <v>4211125581329</v>
       </c>
       <c r="C21" t="s">
         <v>63</v>
       </c>
       <c r="D21" t="s">
         <v>64</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F21">
         <v>50.99</v>
       </c>
       <c r="G21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="1">
         <v>5038061140057</v>
       </c>
       <c r="C22" t="s">
         <v>66</v>
       </c>
       <c r="D22" t="s">
         <v>67</v>
       </c>
       <c r="E22">
         <v>1</v>
       </c>
       <c r="F22">
@@ -1634,51 +1643,51 @@
       </c>
       <c r="E24">
         <v>1</v>
       </c>
       <c r="F24">
         <v>49.99</v>
       </c>
       <c r="G24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>65</v>
       </c>
       <c r="B25" s="1">
         <v>5038061140057</v>
       </c>
       <c r="C25" t="s">
         <v>66</v>
       </c>
       <c r="D25" t="s">
         <v>72</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F25">
         <v>49.99</v>
       </c>
       <c r="G25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" s="1">
         <v>5038061140057</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>73</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
@@ -1726,120 +1735,120 @@
       </c>
       <c r="E28">
         <v>0</v>
       </c>
       <c r="F28">
         <v>49.0</v>
       </c>
       <c r="G28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>74</v>
       </c>
       <c r="B29" s="1">
         <v>5038061140170</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29" t="s">
         <v>78</v>
       </c>
       <c r="E29">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F29">
         <v>49.0</v>
       </c>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>74</v>
       </c>
       <c r="B30" s="1">
         <v>5038061140170</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30" t="s">
         <v>79</v>
       </c>
       <c r="E30">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F30">
         <v>49.0</v>
       </c>
       <c r="G30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>74</v>
       </c>
       <c r="B31" s="1">
         <v>5038061140170</v>
       </c>
       <c r="C31" t="s">
         <v>75</v>
       </c>
       <c r="D31" t="s">
         <v>80</v>
       </c>
       <c r="E31">
         <v>0</v>
       </c>
       <c r="F31">
         <v>49.0</v>
       </c>
       <c r="G31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>81</v>
       </c>
       <c r="B32" s="1">
         <v>8006540774724</v>
       </c>
       <c r="C32" t="s">
         <v>82</v>
       </c>
       <c r="D32" t="s">
         <v>83</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F32">
         <v>47.99</v>
       </c>
       <c r="G32" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>84</v>
       </c>
       <c r="B33" s="1">
         <v>8720689005678</v>
       </c>
       <c r="C33" t="s">
         <v>85</v>
       </c>
       <c r="D33" t="s">
         <v>86</v>
       </c>
       <c r="E33">
         <v>0</v>
       </c>
       <c r="F33">
@@ -2048,51 +2057,51 @@
       </c>
       <c r="E42">
         <v>0</v>
       </c>
       <c r="F42">
         <v>42.9</v>
       </c>
       <c r="G42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>107</v>
       </c>
       <c r="B43" s="1">
         <v>8710103948469</v>
       </c>
       <c r="C43" t="s">
         <v>108</v>
       </c>
       <c r="D43" t="s">
         <v>109</v>
       </c>
       <c r="E43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F43">
         <v>41.42</v>
       </c>
       <c r="G43" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>110</v>
       </c>
       <c r="B44" s="1">
         <v>4210201434832</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
         <v>112</v>
       </c>
       <c r="E44">
         <v>0</v>
       </c>
       <c r="F44">
@@ -2209,74 +2218,74 @@
       </c>
       <c r="E49">
         <v>0</v>
       </c>
       <c r="F49">
         <v>39.99</v>
       </c>
       <c r="G49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>126</v>
       </c>
       <c r="B50" s="1">
         <v>8720689040099</v>
       </c>
       <c r="C50" t="s">
         <v>127</v>
       </c>
       <c r="D50" t="s">
         <v>128</v>
       </c>
       <c r="E50">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F50">
         <v>39.99</v>
       </c>
       <c r="G50" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>129</v>
       </c>
       <c r="B51" s="1">
         <v>8710103897842</v>
       </c>
       <c r="C51" t="s">
         <v>130</v>
       </c>
       <c r="D51" t="s">
         <v>131</v>
       </c>
       <c r="E51">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F51">
         <v>39.32</v>
       </c>
       <c r="G51" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>132</v>
       </c>
       <c r="B52" s="1">
         <v>8006540862094</v>
       </c>
       <c r="C52" t="s">
         <v>133</v>
       </c>
       <c r="D52" t="s">
         <v>134</v>
       </c>
       <c r="E52">
         <v>0</v>
       </c>
       <c r="F52">
@@ -2531,51 +2540,51 @@
       </c>
       <c r="E63">
         <v>1</v>
       </c>
       <c r="F63">
         <v>34.99</v>
       </c>
       <c r="G63" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>164</v>
       </c>
       <c r="B64" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C64" t="s">
         <v>165</v>
       </c>
       <c r="D64" t="s">
         <v>167</v>
       </c>
       <c r="E64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F64">
         <v>34.99</v>
       </c>
       <c r="G64" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>164</v>
       </c>
       <c r="B65" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C65" t="s">
         <v>165</v>
       </c>
       <c r="D65" t="s">
         <v>168</v>
       </c>
       <c r="E65">
         <v>1</v>
       </c>
       <c r="F65">
@@ -2600,120 +2609,120 @@
       </c>
       <c r="E66">
         <v>0</v>
       </c>
       <c r="F66">
         <v>33.96</v>
       </c>
       <c r="G66" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>172</v>
       </c>
       <c r="B67" s="1">
         <v>4008496872770</v>
       </c>
       <c r="C67" t="s">
         <v>173</v>
       </c>
       <c r="D67" t="s">
         <v>174</v>
       </c>
       <c r="E67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F67">
         <v>33.61</v>
       </c>
       <c r="G67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>175</v>
       </c>
       <c r="B68" s="1">
         <v>5060515225058</v>
       </c>
       <c r="C68" t="s">
         <v>176</v>
       </c>
       <c r="D68" t="s">
         <v>177</v>
       </c>
       <c r="E68">
         <v>1</v>
       </c>
       <c r="F68">
         <v>32.14</v>
       </c>
       <c r="G68" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
         <v>178</v>
       </c>
       <c r="B69" s="1">
         <v>8006540862018</v>
       </c>
       <c r="C69" t="s">
         <v>179</v>
       </c>
       <c r="D69" t="s">
         <v>180</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F69">
         <v>31.06</v>
       </c>
       <c r="G69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
         <v>181</v>
       </c>
       <c r="B70" s="1">
         <v>8006540773390</v>
       </c>
       <c r="C70" t="s">
         <v>182</v>
       </c>
       <c r="D70" t="s">
         <v>183</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F70">
         <v>29.99</v>
       </c>
       <c r="G70" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>184</v>
       </c>
       <c r="B71" s="1">
         <v>5038061142327</v>
       </c>
       <c r="C71" t="s">
         <v>185</v>
       </c>
       <c r="D71" t="s">
         <v>186</v>
       </c>
       <c r="E71">
         <v>1</v>
       </c>
       <c r="F71">
@@ -2761,51 +2770,51 @@
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
         <v>27.68</v>
       </c>
       <c r="G73" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>190</v>
       </c>
       <c r="B74" s="1">
         <v>8006540861981</v>
       </c>
       <c r="C74" t="s">
         <v>191</v>
       </c>
       <c r="D74" t="s">
         <v>193</v>
       </c>
       <c r="E74">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F74">
         <v>27.68</v>
       </c>
       <c r="G74" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>195</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C75" t="s">
         <v>196</v>
       </c>
       <c r="D75" t="s">
         <v>197</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
@@ -2830,120 +2839,120 @@
       </c>
       <c r="E76">
         <v>0</v>
       </c>
       <c r="F76">
         <v>24.99</v>
       </c>
       <c r="G76" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>199</v>
       </c>
       <c r="B77" s="1">
         <v>4210201426967</v>
       </c>
       <c r="C77" t="s">
         <v>200</v>
       </c>
       <c r="D77" t="s">
         <v>201</v>
       </c>
       <c r="E77">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F77">
         <v>24.95</v>
       </c>
       <c r="G77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>202</v>
       </c>
       <c r="B78" s="1">
         <v>4210201313922</v>
       </c>
       <c r="C78" t="s">
         <v>203</v>
       </c>
       <c r="D78" t="s">
         <v>204</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
         <v>24.81</v>
       </c>
       <c r="G78" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>205</v>
       </c>
       <c r="B79" s="1">
         <v>4210201427063</v>
       </c>
       <c r="C79" t="s">
         <v>206</v>
       </c>
       <c r="D79" t="s">
         <v>207</v>
       </c>
       <c r="E79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F79">
         <v>23.92</v>
       </c>
       <c r="G79" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>208</v>
       </c>
       <c r="B80" s="1">
         <v>4008496790913</v>
       </c>
       <c r="C80" t="s">
         <v>209</v>
       </c>
       <c r="D80" t="s">
         <v>210</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F80">
         <v>22.99</v>
       </c>
       <c r="G80" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>211</v>
       </c>
       <c r="B81" s="1">
         <v>4210201435914</v>
       </c>
       <c r="C81" t="s">
         <v>212</v>
       </c>
       <c r="D81" t="s">
         <v>213</v>
       </c>
       <c r="E81">
         <v>0</v>
       </c>
       <c r="F81">
@@ -2968,125 +2977,148 @@
       </c>
       <c r="E82">
         <v>1</v>
       </c>
       <c r="F82">
         <v>21.35</v>
       </c>
       <c r="G82" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>217</v>
       </c>
       <c r="B83" s="1">
         <v>8006540860229</v>
       </c>
       <c r="C83" t="s">
         <v>218</v>
       </c>
       <c r="D83" t="s">
         <v>219</v>
       </c>
       <c r="E83">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F83">
         <v>19.95</v>
       </c>
       <c r="G83" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>220</v>
       </c>
       <c r="B84" s="1">
-        <v>8720689035217</v>
+        <v>4210201574620</v>
       </c>
       <c r="C84" t="s">
         <v>221</v>
       </c>
       <c r="D84" t="s">
         <v>222</v>
       </c>
       <c r="E84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F84">
-        <v>14.99</v>
+        <v>19.0</v>
       </c>
       <c r="G84" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
+        <v>223</v>
+      </c>
+      <c r="B85" s="1">
+        <v>8720689035217</v>
+      </c>
+      <c r="C85" t="s">
         <v>224</v>
       </c>
-      <c r="B85" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>225</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F85">
-        <v>14.95</v>
+        <v>14.99</v>
       </c>
       <c r="G85" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>227</v>
       </c>
-      <c r="B86" s="1">
-        <v>4210201299813</v>
+      <c r="B86" s="1" t="s">
+        <v>226</v>
       </c>
       <c r="C86" t="s">
         <v>228</v>
       </c>
       <c r="D86" t="s">
         <v>229</v>
       </c>
       <c r="E86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F86">
+        <v>14.95</v>
+      </c>
+      <c r="G86" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" t="s">
+        <v>230</v>
+      </c>
+      <c r="B87" s="1">
+        <v>4210201299813</v>
+      </c>
+      <c r="C87" t="s">
+        <v>231</v>
+      </c>
+      <c r="D87" t="s">
+        <v>232</v>
+      </c>
+      <c r="E87">
+        <v>0</v>
+      </c>
+      <c r="F87">
         <v>12.95</v>
       </c>
-      <c r="G86" t="s">
+      <c r="G87" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>